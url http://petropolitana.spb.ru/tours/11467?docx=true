--- v0 (2025-12-13)
+++ v1 (2026-03-07)
@@ -403,51 +403,51 @@
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b w:val="single"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Примечания</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Внимание! С 01.05.2018 в Ставропольском Крае дополнительно оплачивается единоразовый курортный сбор в размере 100 руб. на 1 человека в сутки. Оплата сбора производится на месте при поселении. Плательщиками являются только совершеннолетние туристы (проживающие в объектах размещения более 24 часов), кроме лиц, освобожденных от уплаты курортного сбора</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Цены рассчитаны на 24 ноября 2025 года</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Заезд возможен 12.01.2026. Обратите внимание, что в разные даты заезда цена тура может отличаться.</w:t>
+        <w:t xml:space="preserve">Заезд возможен 09.03.2026. Обратите внимание, что в разные даты заезда цена тура может отличаться.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b w:val="single"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Это Кавказ 5/4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Цена указана на 1 человека за пакет услуг с продолжительностью проживания в выбранном отеле 5 дней/4 ночи</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -476,51 +476,51 @@
           <w:p>
             <w:r>
               <w:t xml:space="preserve">SNGL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">X-PAX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">CHLD</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Амира парк, 3*, Кисловодск, Стандарт, Только завтраки, 12.01-16.01</w:t>
+              <w:t xml:space="preserve">Амира парк, 3*, Кисловодск, Стандарт, Только завтраки, 09.03-13.03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">44900руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">65100руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">NA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -529,51 +529,51 @@
               <w:t xml:space="preserve">0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Амира парк, 3*, Кисловодск, Улучшенный, Только завтраки, 12.01-16.01</w:t>
+              <w:t xml:space="preserve">Амира парк, 3*, Кисловодск, Улучшенный, Только завтраки, 09.03-13.03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">46550руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">65400руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">38600руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -582,51 +582,51 @@
               <w:t xml:space="preserve">0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Агат, 3*, Кисловодск, Эконом, Только завтраки, 12.01-16.01</w:t>
+              <w:t xml:space="preserve">Агат, 3*, Кисловодск, Эконом, Только завтраки, 09.03-13.03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">47650руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">63700руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">NA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -635,51 +635,51 @@
               <w:t xml:space="preserve">0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Парк отель, 3*, Кисловодск, Стандарт, Только завтраки, 12.01-16.01</w:t>
+              <w:t xml:space="preserve">Парк отель, 3*, Кисловодск, Стандарт, Только завтраки, 09.03-13.03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">48200руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">65900руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">41400руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -688,51 +688,51 @@
               <w:t xml:space="preserve">0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Le Bristol, 4*, Кисловодск, Стандарт, Только завтраки, 12.01-16.01</w:t>
+              <w:t xml:space="preserve">Le Bristol, 4*, Кисловодск, Стандарт, Только завтраки, 09.03-13.03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">50350руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">69800руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">38600руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -741,51 +741,51 @@
               <w:t xml:space="preserve">0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Агат, 3*, Кисловодск, Стандарт, Только завтраки, 12.01-16.01</w:t>
+              <w:t xml:space="preserve">Агат, 3*, Кисловодск, Стандарт, Только завтраки, 09.03-13.03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">51200руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">71400руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">NA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -794,51 +794,51 @@
               <w:t xml:space="preserve">0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Ария, 3*, Кисловодск, Стандарт, Только завтраки, 12.01-16.01</w:t>
+              <w:t xml:space="preserve">Ария, 3*, Кисловодск, Стандарт, Только завтраки, 09.03-13.03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">52000руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">76300руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">NA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -847,51 +847,51 @@
               <w:t xml:space="preserve">0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Агат, 3*, Кисловодск, Стандарт плюс, Только завтраки, 12.01-16.01</w:t>
+              <w:t xml:space="preserve">Агат, 3*, Кисловодск, Стандарт плюс, Только завтраки, 09.03-13.03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">53900руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">76800руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">38600руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -900,51 +900,51 @@
               <w:t xml:space="preserve">0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Ария, 3*, Кисловодск, Джуниор сьют, Только завтраки, 12.01-16.01</w:t>
+              <w:t xml:space="preserve">Ария, 3*, Кисловодск, Джуниор сьют, Только завтраки, 09.03-13.03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">57750руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">87800руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">38600руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -953,51 +953,51 @@
               <w:t xml:space="preserve">0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Агат, 3*, Кисловодск, Джуниор сьют, Только завтраки, 12.01-16.01</w:t>
+              <w:t xml:space="preserve">Агат, 3*, Кисловодск, Джуниор сьют, Только завтраки, 09.03-13.03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">59400руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">87800руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">39700руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>